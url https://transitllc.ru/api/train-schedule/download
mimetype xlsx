--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -14,116 +14,119 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="г. Москва, ст. Ховрино" sheetId="1" r:id="rId4"/>
     <sheet name="г. Москва, ст. Ховрино 2" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Мыс-Чуркин</t>
   </si>
   <si>
     <t>Номер поезда</t>
   </si>
   <si>
     <t>Плановая дата отправки</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>0441</t>
-[...2 lines deleted...]
-    <t>03.10.2025</t>
+    <t>0445</t>
+  </si>
+  <si>
+    <t>02.11.2025</t>
   </si>
   <si>
     <t>Завоз контейнеров предварительно согласовывать c train@transitllc.ru</t>
   </si>
   <si>
-    <t>0442</t>
-[...14 lines deleted...]
-    <t>25.10.2025</t>
+    <t>0446</t>
+  </si>
+  <si>
+    <t>04.11.2025</t>
+  </si>
+  <si>
+    <t>0447</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>0448</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
   </si>
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Гайдамак</t>
   </si>
   <si>
-    <t>1207</t>
-[...20 lines deleted...]
-    <t>30.10.2025</t>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>07.11.2025</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -540,51 +543,51 @@
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C7"/>
+  <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.265869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3">
@@ -614,53 +617,64 @@
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" t="s">
         <v>21</v>
       </c>
-      <c r="C7" t="s">
+      <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
@@ -676,32 +690,32 @@
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>г. Москва, ст. Ховрино</vt:lpstr>
       <vt:lpstr>г. Москва, ст. Ховрино 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание движения собственных контейнерных поездов от 14-10-2025 21:15:19</dc:title>
+  <dc:title>Расписание движения собственных контейнерных поездов от 30-11-2025 11:07:48</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>