--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -14,119 +14,128 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="г. Москва, ст. Ховрино" sheetId="1" r:id="rId4"/>
     <sheet name="г. Москва, ст. Ховрино 2" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Мыс-Чуркин</t>
   </si>
   <si>
     <t>Номер поезда</t>
   </si>
   <si>
     <t>Плановая дата отправки</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>0445</t>
-[...2 lines deleted...]
-    <t>02.11.2025</t>
+    <t>0449</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
   </si>
   <si>
     <t>Завоз контейнеров предварительно согласовывать c train@transitllc.ru</t>
   </si>
   <si>
-    <t>0446</t>
-[...14 lines deleted...]
-    <t>26.11.2025</t>
+    <t>0450</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>0451</t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>0452</t>
+  </si>
+  <si>
+    <t>22.12.2025</t>
+  </si>
+  <si>
+    <t>0453</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
   </si>
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Гайдамак</t>
   </si>
   <si>
-    <t>1211</t>
-[...23 lines deleted...]
-    <t>29.11.2025</t>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>17.12.2025</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>24.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -437,51 +446,51 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C7"/>
+  <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.265869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3">
@@ -514,165 +523,176 @@
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.265869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -690,32 +710,32 @@
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>г. Москва, ст. Ховрино</vt:lpstr>
       <vt:lpstr>г. Москва, ст. Ховрино 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание движения собственных контейнерных поездов от 30-11-2025 11:07:48</dc:title>
+  <dc:title>Расписание движения собственных контейнерных поездов от 17-01-2026 11:46:44</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>