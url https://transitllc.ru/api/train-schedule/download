--- v2 (2026-01-17)
+++ v3 (2026-03-11)
@@ -14,128 +14,122 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="г. Москва, ст. Ховрино" sheetId="1" r:id="rId4"/>
     <sheet name="г. Москва, ст. Ховрино 2" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Мыс-Чуркин</t>
   </si>
   <si>
     <t>Номер поезда</t>
   </si>
   <si>
     <t>Плановая дата отправки</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>0449</t>
-[...2 lines deleted...]
-    <t>04.12.2025</t>
+    <t>0461</t>
+  </si>
+  <si>
+    <t>01.03.2026</t>
   </si>
   <si>
     <t>Завоз контейнеров предварительно согласовывать c train@transitllc.ru</t>
   </si>
   <si>
-    <t>0450</t>
-[...20 lines deleted...]
-    <t>29.12.2025</t>
+    <t>0462</t>
+  </si>
+  <si>
+    <t>09.03.2026</t>
+  </si>
+  <si>
+    <t>0463</t>
+  </si>
+  <si>
+    <t>17.03.2026</t>
+  </si>
+  <si>
+    <t>0464</t>
+  </si>
+  <si>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>г. Москва, ст. Ховрино -&gt; г. Владивосток, ст. Гайдамак</t>
   </si>
   <si>
-    <t>1216</t>
-[...26 lines deleted...]
-    <t>24.12.2025</t>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>12.03.2026</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>16.03.2026</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>23.03.2026</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>28.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -446,51 +440,51 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C8"/>
+  <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.265869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3">
@@ -523,176 +517,165 @@
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
-[...9 lines deleted...]
-      <c r="C8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.265869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -710,32 +693,32 @@
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>г. Москва, ст. Ховрино</vt:lpstr>
       <vt:lpstr>г. Москва, ст. Ховрино 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание движения собственных контейнерных поездов от 17-01-2026 11:46:44</dc:title>
+  <dc:title>Расписание движения собственных контейнерных поездов от 11-03-2026 10:59:21</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>