--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -1,284 +1,289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="11" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="12" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="INNV" sheetId="1" r:id="rId4"/>
     <sheet name="QV-1" sheetId="2" r:id="rId5"/>
     <sheet name="TV-1" sheetId="3" r:id="rId6"/>
     <sheet name="TN" sheetId="4" r:id="rId7"/>
     <sheet name="BV-1" sheetId="5" r:id="rId8"/>
     <sheet name="NV-1" sheetId="6" r:id="rId9"/>
     <sheet name="MU-1" sheetId="7" r:id="rId10"/>
     <sheet name="INSPB" sheetId="8" r:id="rId11"/>
-    <sheet name="HV-1" sheetId="9" r:id="rId12"/>
-[...2 lines deleted...]
-    <sheet name="HKGV" sheetId="12" r:id="rId15"/>
+    <sheet name="TMLTL" sheetId="9" r:id="rId12"/>
+    <sheet name="HV-1" sheetId="10" r:id="rId13"/>
+    <sheet name="SV-1" sheetId="11" r:id="rId14"/>
+    <sheet name="YM, SM, QM" sheetId="12" r:id="rId15"/>
+    <sheet name="HKGV" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>INNV (Нава Шева -&gt; Новороссийск)</t>
   </si>
   <si>
     <t>CUT OFF</t>
   </si>
   <si>
     <t>ETD</t>
   </si>
   <si>
     <t>ETA</t>
   </si>
   <si>
     <t>Планируемая выдача документов и размещение на РЦ</t>
   </si>
   <si>
     <t>Сервис / Номер</t>
   </si>
   <si>
-    <t>13.10.2025</t>
-[...8 lines deleted...]
-    <t>07.11.2025 — 10.11.2025</t>
+    <t>25.11.2025</t>
+  </si>
+  <si>
+    <t>30.11.2025</t>
+  </si>
+  <si>
+    <t>20.12.2025</t>
+  </si>
+  <si>
+    <t>21.12.2025 — 25.12.2025</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
-    <t>23.10.2025</t>
-[...8 lines deleted...]
-    <t>23.11.2025 — 26.11.2025</t>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>07.12.2025</t>
+  </si>
+  <si>
+    <t>27.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025 — 01.01.2026</t>
   </si>
   <si>
     <t>QV-1 (Циндао -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>19.10.2025</t>
-[...14 lines deleted...]
-    <t>03.11.2025 — 05.11.2025</t>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>08.12.2025 — 10.12.2025</t>
   </si>
   <si>
     <t>TV-1 (Тайвань -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>17.10.2025</t>
-[...20 lines deleted...]
-    <t>16.11.2025 — 18.11.2025</t>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>19.12.2025 — 21.12.2025</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>14.12.2025</t>
+  </si>
+  <si>
+    <t>26.12.2025</t>
+  </si>
+  <si>
+    <t>27.12.2025 — 29.12.2025</t>
   </si>
   <si>
     <t>TN (Стамбул -&gt; Новороссийск)</t>
   </si>
   <si>
-    <t>16.10.2025</t>
-[...5 lines deleted...]
-    <t>28.10.2025 — 01.11.2025</t>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>04.12.2025 — 08.12.2025</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>16.12.2025 — 20.12.2025</t>
   </si>
   <si>
     <t>BV-1 (Пусан -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>15.10.2025</t>
-[...14 lines deleted...]
-    <t>29.10.2025 — 31.10.2025</t>
+    <t>10.12.2025 — 12.12.2025</t>
+  </si>
+  <si>
+    <t>16.12.2025 — 18.12.2025</t>
   </si>
   <si>
     <t>NV-1 (Нинбо -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>24.10.2025 — 27.10.2025</t>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t>14.12.2025 — 16.12.2025</t>
   </si>
   <si>
     <t>MU-1 (Муданьцзян -&gt; Уссурийск)</t>
   </si>
   <si>
-    <t>20.10.2025 — 21.10.2025</t>
-[...8 lines deleted...]
-    <t>30.10.2025 — 31.10.2025</t>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>30.11.2025 — 01.12.2025</t>
+  </si>
+  <si>
+    <t>04.12.2025 — 06.12.2025</t>
   </si>
   <si>
     <t>INSPB (Нава Шева -&gt; Санкт-Петербург)</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...5 lines deleted...]
-    <t>04.11.2025</t>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>05.01.2026</t>
+  </si>
+  <si>
+    <t>06.01.2026 — 10.01.2026</t>
+  </si>
+  <si>
+    <t>16.12.2025</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>21.01.2026 — 25.01.2026</t>
+  </si>
+  <si>
+    <t>TMLTL (Стамбул -&gt; Москва)</t>
   </si>
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
-    <t>08.12.2025 — 12.12.2025</t>
+    <t>20.12.2025 — 22.12.2025</t>
   </si>
   <si>
     <t>HV-1 (Янтянь -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>30.10.2025 — 02.11.2025</t>
-[...4 lines deleted...]
-  <si>
     <t>SV-1 (Шанхай -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>26.10.2025 — 28.10.2025</t>
-[...2 lines deleted...]
-    <t>29.10.2025 — 02.11.2025</t>
+    <t>14.12.2025 — 15.12.2025</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>15.12.2025 — 16.12.2025</t>
   </si>
   <si>
     <t>YM, SM, QM (Шэньчжэнь, Шанхай, Циндао -&gt; Москва)</t>
   </si>
   <si>
-    <t>17.11.2025</t>
-[...8 lines deleted...]
-    <t>27.11.2025 — 30.11.2025</t>
+    <t>23.12.2025</t>
+  </si>
+  <si>
+    <t>24.12.2025 — 26.12.2025</t>
   </si>
   <si>
     <t>HKGV (Гонконг -&gt; Владивосток)</t>
+  </si>
+  <si>
+    <t>15.12.2025 — 17.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -287,51 +292,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -591,50 +596,54 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -787,77 +796,77 @@
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -869,129 +878,220 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
         <v>40</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E4"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
@@ -1003,170 +1103,153 @@
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E5"/>
+  <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
-[...15 lines deleted...]
-      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
@@ -1176,103 +1259,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1284,100 +1367,100 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
@@ -1418,103 +1501,194 @@
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E4"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
@@ -1526,204 +1700,79 @@
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
-[...107 lines deleted...]
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>10</v>
-[...15 lines deleted...]
-      <c r="E6" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
@@ -1733,264 +1782,248 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>53</v>
       </c>
       <c r="D5" t="s">
         <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E5"/>
+  <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
-[...15 lines deleted...]
-      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>INNV</vt:lpstr>
       <vt:lpstr>QV-1</vt:lpstr>
       <vt:lpstr>TV-1</vt:lpstr>
       <vt:lpstr>TN</vt:lpstr>
       <vt:lpstr>BV-1</vt:lpstr>
       <vt:lpstr>NV-1</vt:lpstr>
       <vt:lpstr>MU-1</vt:lpstr>
       <vt:lpstr>INSPB</vt:lpstr>
+      <vt:lpstr>TMLTL</vt:lpstr>
       <vt:lpstr>HV-1</vt:lpstr>
       <vt:lpstr>SV-1</vt:lpstr>
       <vt:lpstr>YM, SM, QM</vt:lpstr>
       <vt:lpstr>HKGV</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание сборных грузов  от 13-10-2025 22:50:25</dc:title>
+  <dc:title>Расписание сборных грузов  от 30-11-2025 11:08:47</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>