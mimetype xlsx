--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -36,254 +36,302 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="12" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="INNV" sheetId="1" r:id="rId4"/>
     <sheet name="QV-1" sheetId="2" r:id="rId5"/>
     <sheet name="TV-1" sheetId="3" r:id="rId6"/>
     <sheet name="TN" sheetId="4" r:id="rId7"/>
     <sheet name="BV-1" sheetId="5" r:id="rId8"/>
     <sheet name="NV-1" sheetId="6" r:id="rId9"/>
     <sheet name="MU-1" sheetId="7" r:id="rId10"/>
     <sheet name="INSPB" sheetId="8" r:id="rId11"/>
     <sheet name="TMLTL" sheetId="9" r:id="rId12"/>
     <sheet name="HV-1" sheetId="10" r:id="rId13"/>
     <sheet name="SV-1" sheetId="11" r:id="rId14"/>
     <sheet name="YM, SM, QM" sheetId="12" r:id="rId15"/>
     <sheet name="HKGV" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>INNV (Нава Шева -&gt; Новороссийск)</t>
   </si>
   <si>
     <t>CUT OFF</t>
   </si>
   <si>
     <t>ETD</t>
   </si>
   <si>
     <t>ETA</t>
   </si>
   <si>
     <t>Планируемая выдача документов и размещение на РЦ</t>
   </si>
   <si>
     <t>Сервис / Номер</t>
   </si>
   <si>
-    <t>25.11.2025</t>
-[...8 lines deleted...]
-    <t>21.12.2025 — 25.12.2025</t>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>09.03.2026</t>
+  </si>
+  <si>
+    <t>10.03.2026 — 14.03.2026</t>
   </si>
   <si>
     <t>—</t>
   </si>
   <si>
-    <t>02.12.2025</t>
-[...8 lines deleted...]
-    <t>29.12.2025 — 01.01.2026</t>
+    <t>12.02.2026</t>
+  </si>
+  <si>
+    <t>18.02.2026</t>
+  </si>
+  <si>
+    <t>23.03.2026</t>
+  </si>
+  <si>
+    <t>24.03.2026 — 26.03.2026</t>
   </si>
   <si>
     <t>QV-1 (Циндао -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>26.11.2025</t>
-[...5 lines deleted...]
-    <t>08.12.2025 — 10.12.2025</t>
+    <t>21.01.2026</t>
+  </si>
+  <si>
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>02.02.2026</t>
+  </si>
+  <si>
+    <t>03.02.2026 — 06.02.2026</t>
   </si>
   <si>
     <t>TV-1 (Тайвань -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>06.12.2025</t>
-[...17 lines deleted...]
-    <t>27.12.2025 — 29.12.2025</t>
+    <t>19.01.2026</t>
+  </si>
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>10.02.2026 — 14.02.2026</t>
+  </si>
+  <si>
+    <t>26.01.2026</t>
+  </si>
+  <si>
+    <t>16.02.2026</t>
+  </si>
+  <si>
+    <t>17.02.2026 — 21.02.2026</t>
   </si>
   <si>
     <t>TN (Стамбул -&gt; Новороссийск)</t>
   </si>
   <si>
-    <t>28.11.2025</t>
-[...17 lines deleted...]
-    <t>16.12.2025 — 20.12.2025</t>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>27.01.2026 — 30.01.2026</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>03.02.2026 — 05.02.2026</t>
   </si>
   <si>
     <t>BV-1 (Пусан -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>10.12.2025 — 12.12.2025</t>
-[...2 lines deleted...]
-    <t>16.12.2025 — 18.12.2025</t>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>22.01.2026 — 24.01.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026 — 02.02.2026</t>
   </si>
   <si>
     <t>NV-1 (Нинбо -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>08.12.2025</t>
-[...5 lines deleted...]
-    <t>14.12.2025 — 16.12.2025</t>
+    <t>24.01.2026</t>
+  </si>
+  <si>
+    <t>29.01.2026 — 02.02.2026</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>02.02.2026 — 05.02.2026</t>
   </si>
   <si>
     <t>MU-1 (Муданьцзян -&gt; Уссурийск)</t>
   </si>
   <si>
-    <t>27.11.2025</t>
-[...8 lines deleted...]
-    <t>04.12.2025 — 06.12.2025</t>
+    <t>24.12.2025</t>
+  </si>
+  <si>
+    <t>25.12.2025</t>
+  </si>
+  <si>
+    <t>28.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025 — 31.12.2025</t>
+  </si>
+  <si>
+    <t>07.01.2026</t>
+  </si>
+  <si>
+    <t>09.01.2026</t>
+  </si>
+  <si>
+    <t>10.01.2026 — 12.01.2026</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>18.01.2026 — 19.01.2026</t>
   </si>
   <si>
     <t>INSPB (Нава Шева -&gt; Санкт-Петербург)</t>
   </si>
   <si>
-    <t>04.12.2025</t>
-[...17 lines deleted...]
-    <t>21.01.2026 — 25.01.2026</t>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>08.03.2026</t>
+  </si>
+  <si>
+    <t>09.03.2026 — 12.03.2026</t>
+  </si>
+  <si>
+    <t>11.02.2026</t>
+  </si>
+  <si>
+    <t>17.02.2026</t>
+  </si>
+  <si>
+    <t>22.03.2026</t>
+  </si>
+  <si>
+    <t>23.03.2026 — 27.03.2026</t>
   </si>
   <si>
     <t>TMLTL (Стамбул -&gt; Москва)</t>
   </si>
   <si>
-    <t>05.12.2025</t>
-[...2 lines deleted...]
-    <t>20.12.2025 — 22.12.2025</t>
+    <t>04.02.2026 — 08.02.2026</t>
+  </si>
+  <si>
+    <t>06.02.2026</t>
+  </si>
+  <si>
+    <t>18.02.2026 — 22.02.2026</t>
   </si>
   <si>
     <t>HV-1 (Янтянь -&gt; Владивосток)</t>
   </si>
   <si>
+    <t>16.01.2026</t>
+  </si>
+  <si>
+    <t>22.01.2026</t>
+  </si>
+  <si>
+    <t>31.01.2026</t>
+  </si>
+  <si>
+    <t>12.02.2026 — 15.02.2026</t>
+  </si>
+  <si>
     <t>SV-1 (Шанхай -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>14.12.2025 — 15.12.2025</t>
-[...7 lines deleted...]
-  <si>
     <t>YM, SM, QM (Шэньчжэнь, Шанхай, Циндао -&gt; Москва)</t>
   </si>
   <si>
-    <t>23.12.2025</t>
-[...2 lines deleted...]
-    <t>24.12.2025 — 26.12.2025</t>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>21.02.2026 — 25.02.2026</t>
+  </si>
+  <si>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>28.02.2026 — 03.03.2026</t>
   </si>
   <si>
     <t>HKGV (Гонконг -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>15.12.2025 — 17.12.2025</t>
+    <t>14.02.2026</t>
+  </si>
+  <si>
+    <t>15.02.2026 — 18.02.2026</t>
+  </si>
+  <si>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>28.02.2026</t>
+  </si>
+  <si>
+    <t>01.03.2026 — 04.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -770,103 +818,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -878,287 +926,321 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>29</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E4"/>
+  <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="D4" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E4"/>
+  <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
@@ -1200,54 +1282,54 @@
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1259,97 +1341,97 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1399,71 +1481,71 @@
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>30</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1475,304 +1557,338 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
-[...89 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E6"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
         <v>46</v>
       </c>
+      <c r="D4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
       <c r="E5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
@@ -1782,196 +1898,213 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D4" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E4"/>
+  <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>29</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D4" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
@@ -1998,32 +2131,32 @@
       <vt:lpstr>NV-1</vt:lpstr>
       <vt:lpstr>MU-1</vt:lpstr>
       <vt:lpstr>INSPB</vt:lpstr>
       <vt:lpstr>TMLTL</vt:lpstr>
       <vt:lpstr>HV-1</vt:lpstr>
       <vt:lpstr>SV-1</vt:lpstr>
       <vt:lpstr>YM, SM, QM</vt:lpstr>
       <vt:lpstr>HKGV</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание сборных грузов  от 30-11-2025 11:08:47</dc:title>
+  <dc:title>Расписание сборных грузов  от 17-01-2026 11:45:00</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>