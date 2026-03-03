--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -36,302 +36,257 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="12" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="INNV" sheetId="1" r:id="rId4"/>
     <sheet name="QV-1" sheetId="2" r:id="rId5"/>
     <sheet name="TV-1" sheetId="3" r:id="rId6"/>
     <sheet name="TN" sheetId="4" r:id="rId7"/>
     <sheet name="BV-1" sheetId="5" r:id="rId8"/>
     <sheet name="NV-1" sheetId="6" r:id="rId9"/>
     <sheet name="MU-1" sheetId="7" r:id="rId10"/>
     <sheet name="INSPB" sheetId="8" r:id="rId11"/>
     <sheet name="TMLTL" sheetId="9" r:id="rId12"/>
     <sheet name="HV-1" sheetId="10" r:id="rId13"/>
     <sheet name="SV-1" sheetId="11" r:id="rId14"/>
     <sheet name="YM, SM, QM" sheetId="12" r:id="rId15"/>
     <sheet name="HKGV" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>INNV (Нава Шева -&gt; Новороссийск)</t>
   </si>
   <si>
     <t>CUT OFF</t>
   </si>
   <si>
     <t>ETD</t>
   </si>
   <si>
     <t>ETA</t>
   </si>
   <si>
     <t>Планируемая выдача документов и размещение на РЦ</t>
   </si>
   <si>
     <t>Сервис / Номер</t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...2 lines deleted...]
-    <t>04.02.2026</t>
+    <t>10.03.2026</t>
+  </si>
+  <si>
+    <t>14.03.2026</t>
+  </si>
+  <si>
+    <t>01.04.2026</t>
+  </si>
+  <si>
+    <t>02.04.2026 — 04.04.2026</t>
+  </si>
+  <si>
+    <t>—</t>
+  </si>
+  <si>
+    <t>25.03.2026</t>
+  </si>
+  <si>
+    <t>31.03.2026</t>
+  </si>
+  <si>
+    <t>19.04.2026</t>
+  </si>
+  <si>
+    <t>20.04.2026 — 23.04.2026</t>
+  </si>
+  <si>
+    <t>QV-1 (Циндао -&gt; Владивосток)</t>
+  </si>
+  <si>
+    <t>04.03.2026</t>
+  </si>
+  <si>
+    <t>08.03.2026</t>
+  </si>
+  <si>
+    <t>12.03.2026</t>
+  </si>
+  <si>
+    <t>13.03.2026 — 16.03.2026</t>
+  </si>
+  <si>
+    <t>16.03.2026</t>
+  </si>
+  <si>
+    <t>19.03.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026 — 23.03.2026</t>
+  </si>
+  <si>
+    <t>TV-1 (Тайвань -&gt; Владивосток)</t>
+  </si>
+  <si>
+    <t>03.03.2026</t>
+  </si>
+  <si>
+    <t>24.03.2026</t>
+  </si>
+  <si>
+    <t>25.03.2026 — 27.03.2026</t>
+  </si>
+  <si>
+    <t>TN (Стамбул -&gt; Новороссийск)</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>15.03.2026 — 18.03.2026</t>
+  </si>
+  <si>
+    <t>17.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>22.03.2026 — 25.03.2026</t>
+  </si>
+  <si>
+    <t>BV-1 (Пусан -&gt; Владивосток)</t>
+  </si>
+  <si>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>09.03.2026</t>
   </si>
   <si>
-    <t>10.03.2026 — 14.03.2026</t>
-[...83 lines deleted...]
-    <t>30.01.2026 — 02.02.2026</t>
+    <t>17.03.2026 — 19.03.2026</t>
+  </si>
+  <si>
+    <t>18.03.2026</t>
+  </si>
+  <si>
+    <t>25.03.2026 — 28.03.2026</t>
   </si>
   <si>
     <t>NV-1 (Нинбо -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>24.01.2026</t>
-[...8 lines deleted...]
-    <t>02.02.2026 — 05.02.2026</t>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>11.03.2026</t>
+  </si>
+  <si>
+    <t>29.03.2026</t>
+  </si>
+  <si>
+    <t>30.03.2026 — 01.04.2026</t>
   </si>
   <si>
     <t>MU-1 (Муданьцзян -&gt; Уссурийск)</t>
   </si>
   <si>
-    <t>24.12.2025</t>
-[...26 lines deleted...]
-    <t>18.01.2026 — 19.01.2026</t>
+    <t>08.02.2026 — 09.02.2026</t>
+  </si>
+  <si>
+    <t>15.03.2026 — 16.03.2026</t>
+  </si>
+  <si>
+    <t>22.03.2026 — 23.03.2026</t>
   </si>
   <si>
     <t>INSPB (Нава Шева -&gt; Санкт-Петербург)</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...17 lines deleted...]
-    <t>23.03.2026 — 27.03.2026</t>
+    <t>01.03.2026</t>
+  </si>
+  <si>
+    <t>30.03.2026</t>
+  </si>
+  <si>
+    <t>31.03.2026 — 03.04.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>13.04.2026</t>
+  </si>
+  <si>
+    <t>14.04.2026 — 17.04.2026</t>
   </si>
   <si>
     <t>TMLTL (Стамбул -&gt; Москва)</t>
   </si>
   <si>
-    <t>04.02.2026 — 08.02.2026</t>
-[...5 lines deleted...]
-    <t>18.02.2026 — 22.02.2026</t>
+    <t>26.03.2026</t>
+  </si>
+  <si>
+    <t>27.03.2026 — 30.03.2026</t>
+  </si>
+  <si>
+    <t>02.04.2026</t>
+  </si>
+  <si>
+    <t>03.04.2026 — 06.04.2026</t>
   </si>
   <si>
     <t>HV-1 (Янтянь -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>16.01.2026</t>
-[...8 lines deleted...]
-    <t>12.02.2026 — 15.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>SV-1 (Шанхай -&gt; Владивосток)</t>
   </si>
   <si>
     <t>YM, SM, QM (Шэньчжэнь, Шанхай, Циндао -&gt; Москва)</t>
   </si>
   <si>
-    <t>20.02.2026</t>
-[...11 lines deleted...]
-    <t>28.02.2026 — 03.03.2026</t>
+    <t>09.04.2026</t>
+  </si>
+  <si>
+    <t>10.04.2026 — 13.04.2026</t>
   </si>
   <si>
     <t>HKGV (Гонконг -&gt; Владивосток)</t>
   </si>
   <si>
-    <t>14.02.2026</t>
-[...11 lines deleted...]
-    <t>01.03.2026 — 04.03.2026</t>
+    <t>05.04.2026</t>
+  </si>
+  <si>
+    <t>06.04.2026 — 09.04.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -818,103 +773,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -926,103 +881,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1034,103 +989,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="D4" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="D5" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1142,304 +1097,304 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="D5" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E5"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
-[...106 lines deleted...]
-      <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
@@ -1478,74 +1433,74 @@
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1557,103 +1512,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1665,103 +1620,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1773,120 +1728,120 @@
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -1898,103 +1853,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="D4" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -2006,103 +1961,103 @@
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D4" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
@@ -2131,32 +2086,32 @@
       <vt:lpstr>NV-1</vt:lpstr>
       <vt:lpstr>MU-1</vt:lpstr>
       <vt:lpstr>INSPB</vt:lpstr>
       <vt:lpstr>TMLTL</vt:lpstr>
       <vt:lpstr>HV-1</vt:lpstr>
       <vt:lpstr>SV-1</vt:lpstr>
       <vt:lpstr>YM, SM, QM</vt:lpstr>
       <vt:lpstr>HKGV</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Расписание сборных грузов  от 17-01-2026 11:45:00</dc:title>
+  <dc:title>Расписание сборных грузов  от 03-03-2026 13:35:12</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>